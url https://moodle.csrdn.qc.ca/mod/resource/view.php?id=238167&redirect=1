--- v0 (2025-10-09)
+++ v1 (2026-03-04)
@@ -382,54 +382,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="134" d="100"/>
-          <a:sy n="134" d="100"/>
+          <a:sx n="73" d="100"/>
+          <a:sy n="73" d="100"/>
         </p:scale>
-        <p:origin x="954" y="96"/>
+        <p:origin x="1080" y="40"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="1620"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/comments/comment1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8940,130 +8940,150 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr" sz="2100" i="1" dirty="0"/>
               <a:t>     meeting</a:t>
             </a:r>
             <a:endParaRPr sz="2100" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2400"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr" sz="2100" i="1" dirty="0"/>
-              <a:t>The date of intership are those                                       in the schedule group.</a:t>
+              <a:t>The date of intership are those in the schedule</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="0" indent="-381000" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="2400"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="fr" sz="2100" i="1" dirty="0"/>
+              <a:t> group.</a:t>
             </a:r>
             <a:endParaRPr sz="2100" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="107" name="Google Shape;107;p11"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5787350" y="806700"/>
+            <a:off x="5700263" y="745737"/>
             <a:ext cx="3232325" cy="1272900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="108" name="Google Shape;108;p11"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5651100" y="2000413"/>
+            <a:off x="6879012" y="2043958"/>
             <a:ext cx="1657775" cy="1317325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="109" name="Google Shape;109;p11"/>
           <p:cNvPicPr preferRelativeResize="0"/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:alphaModFix/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5973933" y="3463550"/>
-            <a:ext cx="1656192" cy="572700"/>
+            <a:off x="5972350" y="3463549"/>
+            <a:ext cx="1657775" cy="702125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 113"/>
         <p:cNvGrpSpPr/>
@@ -9223,51 +9243,51 @@
               </a:spcAft>
               <a:buSzPts val="2100"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr" sz="2100" i="1" dirty="0"/>
               <a:t>Produce an internship report (3 questionnaires to be completed)</a:t>
             </a:r>
             <a:endParaRPr sz="2100" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-387350" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="2500"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="fr" sz="2100" i="1" dirty="0"/>
-              <a:t>Participate in evaluations (e.g., mandatory internshi feedback, present in class or online) </a:t>
+              <a:t>Participate in evaluations (e.g., mandatory internship feedback, present in class or online) </a:t>
             </a:r>
             <a:endParaRPr sz="2100" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="Shape 119"/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -10272,51 +10292,51 @@
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>   Driving record (recent).</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>   Criminal record (ledger is free and accepted).</a:t>
+              <a:t>   Criminal record if need by the employer (ledger is free and accepted).</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="2100" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>   Optional: Copy of driver's license.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
@@ -11083,151 +11103,151 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14690B59-5ACA-40A5-947C-42E42BB1EC00}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0f222bab-544d-4591-bb95-c2ff23484fec"/>
     <ds:schemaRef ds:uri="f4a97e92-76cf-47e1-8045-025b32fe32b4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EBD7D58-0A77-4DBB-A09A-C5EC04069D27}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{258968AF-A2BF-46D6-B8BA-803C281DA8D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EBD7D58-0A77-4DBB-A09A-C5EC04069D27}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>612</Words>
+  <Words>618</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Affichage à l'écran (16:9)</PresentationFormat>
-  <Paragraphs>53</Paragraphs>
+  <Paragraphs>54</Paragraphs>
   <Slides>11</Slides>
   <Notes>11</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Polices utilisées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Thème</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titres des diapositives</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Oswald</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Exo 2</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Exo 2 SemiBold</vt:lpstr>
-      <vt:lpstr>Oswald</vt:lpstr>
       <vt:lpstr>Simple Light</vt:lpstr>
       <vt:lpstr>Integrate into the workplace 10.1</vt:lpstr>
       <vt:lpstr>DURATION OF INTERNSHIP</vt:lpstr>
       <vt:lpstr>Evaluation conditions</vt:lpstr>
       <vt:lpstr>Role of the supervisor in a company</vt:lpstr>
       <vt:lpstr>Role of the Supervisor in a Company, Continued</vt:lpstr>
       <vt:lpstr>Role of the internship teacher</vt:lpstr>
       <vt:lpstr> Role of the student (responsability)  </vt:lpstr>
       <vt:lpstr>   Behavior to Adopt in the CompanyI  Initiative, autonomy, courtesy  Punctuality and attendance. Sense of responsibility, concern for appearance and personal cleanliness. Sociability, good judgment, desire to improve. Self-control at all times and in all circumstances. Resourcefulness, professional efficiency. Respect for health and safety. Interest in your profession.</vt:lpstr>
-      <vt:lpstr>Portfolio development     Internship agreement (letter to employers about new developments).     Curriculum vitae (1.5 pages).     Driving record (recent).     Criminal record (ledger is free and accepted).     Optional: Copy of driver's license.</vt:lpstr>
+      <vt:lpstr>Portfolio development     Internship agreement (letter to employers about new developments).     Curriculum vitae (1.5 pages).     Driving record (recent).     Criminal record if need by the employer (ledger is free and accepted).     Optional: Copy of driver's license.</vt:lpstr>
       <vt:lpstr>Good end of formation</vt:lpstr>
       <vt:lpstr>Integrate into the workplace 10.1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pelletier, Mikaël</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B34D3B3BF34BEE4F81C2D814D19E665A</vt:lpwstr>
   </property>